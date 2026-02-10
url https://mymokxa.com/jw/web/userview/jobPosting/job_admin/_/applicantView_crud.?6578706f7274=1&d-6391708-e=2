--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -67,152 +67,120 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFill="true" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.9453125" customWidth="true"/>
-    <col min="2" max="2" width="26.90234375" customWidth="true"/>
+    <col min="2" max="2" width="18.0390625" customWidth="true"/>
     <col min="3" max="3" width="255.0" customWidth="true"/>
     <col min="4" max="4" width="18.703125" customWidth="true"/>
     <col min="5" max="5" width="14.51953125" customWidth="true"/>
     <col min="6" max="6" width="14.453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Job ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Job Title</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Experience Level</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Posting Date</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Job Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>JOB-000077</t>
+          <t>JOB-000086</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>LEAD SOLUTION ARCHITECT</t>
+          <t>Software Architect</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>IT Company (Columbia, MD) seeks Lead Solution Architect to analyze business and technical requirements, design Automation testing solutions for the system/application changes based on the new requirements using MySQL, PL/SQL, Teradata, Crystal, GIT, Xcode, MS Visio, SVN, Tomcat, Jira, JSON, SOAP, Apache, etc. Develop new and update existing codes, perform Impact analysis on the existing codes and databases.  Perform various types of application tests and troubleshoot errors.  Prepare technical design documents. Mail resumes to HRD, Mokxa Technologies LLC, 7230 Lee Deforest Drive, Suite 107, Columbia, MD 21046.</t>
+          <t>IT Company (Columbia, MD) seeks Software Architect to design and implement scalable enterprise and AI-powered software solutions. Duties include developing secure architectures, deploying software patches, building custom workflow plugins, and developing realtime IoT applications. Will design data pipelines, enhance internal product ecosystems, and write maintainable code using Python, Java, Spring Boot, AWS, Azure Cloud, and CI/CD tools. Salary: $122,013.00-$122,250.00/yr. Mail resumes to hr@mokxa.com</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>02-11-2025</t>
+          <t>02-05-2026</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
-        <is>
-[...30 lines deleted...]
-      <c r="F3" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>